--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -629,852 +629,852 @@
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="C2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="D2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="E2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="F2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="G2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="H2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="I2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="J2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="K2" s="3">
         <f>EOMONTH(TODAY(),-2)+1</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="C3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="D3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="E3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="F3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="G3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="H3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="I3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="J3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
       <c r="K3" s="3">
         <f>EOMONTH(TODAY(),-1)</f>
-        <v>45991</v>
+        <v>46053</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="C4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="D4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="E4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="F4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="G4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="H4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="I4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="J4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="K4" s="3">
         <f>TODAY()-WEEKDAY(TODAY(),3)</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="C5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="D5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="E5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="F5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="G5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="H5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="I5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="J5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="K5" s="3">
         <f>TODAY()-WEEKDAY(TODAY())-1</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="C6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="D6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="E6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="F6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="G6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="H6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="I6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="J6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
       <c r="K6" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45985</v>
+        <v>46048</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="C7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="D7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="E7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="F7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="G7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="H7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="I7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="J7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
       <c r="K7" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45987</v>
+        <v>46050</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="C8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="D8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="E8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="F8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="G8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="H8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="I8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="J8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="K8" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()-7</f>
-        <v>45989</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="C9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="D9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="E9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="F9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="G9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="H9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="I9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="J9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
       <c r="K9" s="3">
         <f>TODAY()-1</f>
-        <v>45996</v>
+        <v>46057</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="C10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="D10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="E10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="F10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="G10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="H10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="I10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="J10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="K10" s="3">
         <f>TODAY()</f>
-        <v>45997</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="C11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="D11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="E11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="F11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="G11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="H11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="I11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="J11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
       <c r="K11" s="3">
         <f>TODAY()+1</f>
-        <v>45998</v>
+        <v>46059</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="C12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="D12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="E12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="F12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="G12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="H12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="I12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="J12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="K12" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45992</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="C13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="D13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="E13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="F13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="G13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="H13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="I13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="J13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
       <c r="K13" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45994</v>
+        <v>46057</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="C14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="D14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="E14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="F14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="G14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="H14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="I14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="J14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="K14" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()</f>
-        <v>45996</v>
+        <v>46059</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="C15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="D15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="E15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="F15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="G15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="H15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="I15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="J15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
       <c r="K15" s="3">
         <f>2-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>45999</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="C16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="D16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="E16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="F16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="G16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="H16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="I16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="J16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
       <c r="K16" s="3">
         <f>4-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46001</v>
+        <v>46064</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="C17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="D17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="E17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="F17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="G17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="H17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="I17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="J17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
       <c r="K17" s="3">
         <f>6-WEEKDAY(TODAY())+TODAY()+7</f>
-        <v>46003</v>
+        <v>46066</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="C18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="D18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="E18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="F18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="G18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="H18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="I18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="J18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="K18" s="3">
         <f>EOMONTH(TODAY(),0)+1</f>
-        <v>46023</v>
+        <v>46082</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="C19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="D19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="E19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="F19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="G19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="H19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="I19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="J19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="K19" s="3">
         <f>EOMONTH(TODAY(),1)</f>
-        <v>46053</v>
+        <v>46112</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="B2:B19">
     <cfRule type="timePeriod" dxfId="0" priority="1" timePeriod="yesterday">
       <formula>FLOOR(B2,1)=TODAY()-1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C2:C19">
     <cfRule type="timePeriod" dxfId="1" priority="2" timePeriod="today">
       <formula>FLOOR(C2,1)=TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D2:D19">
     <cfRule type="timePeriod" dxfId="2" priority="3" timePeriod="tomorrow">
       <formula>FLOOR(D2,1)=TODAY()+1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2:E19">
     <cfRule type="timePeriod" dxfId="3" priority="4" timePeriod="last7Days">
       <formula>AND(TODAY()-FLOOR(E2,1)&lt;=6,FLOOR(E2,1)&lt;=TODAY())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F2:F19">
     <cfRule type="timePeriod" dxfId="4" priority="5" timePeriod="lastWeek">