--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -950,51 +950,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E27" sqref="E27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="16"/>
       <c r="B1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="16"/>
       <c r="D1" s="17">
-        <v>45997.0</v>
+        <v>46058.0</v>
       </c>
       <c r="E1" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="6">
         <v>1001</v>
@@ -1126,51 +1126,51 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">, unless specified otherwise on the invoice.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1"/>
   <protectedRanges>
-    <protectedRange name="pc740312aef1eabe3018caf23fe72e42b" sqref="A3:E13" password="BCDE"/>
+    <protectedRange name="pc740312aef1eabe3018caf23fe72e42b" sqref="A3:A13 B3:B13 C3:C13 D3:D13 E3:E13" password="BCDE"/>
   </protectedRanges>
   <mergeCells>
     <mergeCell ref="A18:E22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E26" r:id="rId_hyperlink_1" tooltip="Navigate to website" display="Navigate to website"/>
     <hyperlink ref="E27" location="'Terms and conditions'!A1" tooltip="Review terms and conditions" display="Review terms and conditions"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;L&amp;BInvoice&amp;RPrinted on &amp;D</oddHeader>
     <oddFooter>&amp;L&amp;BOffice 2007 XLSX Test Document&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FF0094FF"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>