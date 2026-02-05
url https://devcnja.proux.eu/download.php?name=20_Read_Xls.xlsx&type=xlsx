--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -400,55 +400,55 @@
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection hidden="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="true">
       <protection locked="false" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
       <protection hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a513f990efb252bd05c005bdf301cd4b8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/717a913423139dae55ad31d8be58c7ec9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcb2de9e6f3c2049b5770e8634ea4ac10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026a16262c4b69710aef8ee58e6aa1388.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2172143b69777232099ed04780f54b219.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b949dfc9a712520839fd5c66c7e39b910.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09eb01c1dd764bf8967ccac0cdf977611.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f3835e119a535b8734c9c55cfa56ae11.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="314325" cy="342900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -857,51 +857,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E27" sqref="E27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.140625" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="16"/>
       <c r="B1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="16"/>
       <c r="D1" s="17">
-        <v>45997</v>
+        <v>46058</v>
       </c>
       <c r="E1" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="6">
         <v>1001</v>
@@ -996,51 +996,51 @@
         <v>11</v>
       </c>
       <c r="E13" s="15">
         <f>E11+E12</f>
         <v>77.44</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" formatCells="1" formatColumns="1" formatRows="1" insertColumns="1" insertRows="1" insertHyperlinks="1" deleteColumns="1" deleteRows="1" sort="1" autoFilter="1" pivotTables="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <protectedRanges>
-    <protectedRange name="pc740312aef1eabe3018caf23fe72e42b" sqref="A3:E13" password="BCDE"/>
+    <protectedRange name="pe4da2547233c0bb08a355bbc9c417022" sqref="A3:A13 B3:B13 C3:C13 D3:D13 E3:E13" password="BCDE"/>
   </protectedRanges>
   <mergeCells>
     <mergeCell ref="A18:E22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E26" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E27" location="'Terms and conditions'!A1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;L&amp;BInvoice&amp;RPrinted on &amp;D</oddHeader>
     <oddFooter>&amp;L&amp;BOffice 2007 XLSX Test Document&amp;RPage &amp;P of &amp;N</oddFooter>
     <evenHeader>&amp;L&amp;BInvoice&amp;RPrinted on &amp;D</evenHeader>
     <evenFooter>&amp;L&amp;BOffice 2007 XLSX Test Document&amp;RPage &amp;P of &amp;N</evenFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FF0094FF"/>