--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -662,51 +662,51 @@
       <c r="B21" s="6">
         <v>22269.0</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="6">
         <v>30292.0</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="6">
         <v>18591.0</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="6">
-        <v>45733.0</v>
+        <v>46098.0</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="7">
         <v>0.0625</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="8">
         <v>0.062673611111111</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="9">
         <v>22269.0625</v>
       </c>